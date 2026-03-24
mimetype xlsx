--- v0 (2026-02-04)
+++ v1 (2026-03-24)
@@ -54,169 +54,169 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinaria</t>
   </si>
   <si>
     <t>Celso Gonçalves Antunes</t>
   </si>
   <si>
-    <t>https://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/7/pl_-01.20__implantacao_crianca_feliz_-.doc</t>
+    <t>http://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/7/pl_-01.20__implantacao_crianca_feliz_-.doc</t>
   </si>
   <si>
     <t>“Autoriza o município de Caputira a implantar o Programa Primeira Infância no SUAS - Criança Feliz e dá outras providências”.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/1/pl_-02.20__credito_especial_-_crianca_feliz.docx</t>
+    <t>http://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/1/pl_-02.20__credito_especial_-_crianca_feliz.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre autorização para abertura crédito especial para o Programa Criança Feliz e contém outras providências.”</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Celso Gonçalves Antunes, Edgar (Pita)</t>
   </si>
   <si>
-    <t>https://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/2/01_-deer_tapa_buracos.docx</t>
+    <t>http://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/2/01_-deer_tapa_buracos.docx</t>
   </si>
   <si>
     <t>Departamento de Edificações e Estradas de Rodagem de Minas Gerais - DEER/MG, para providenciar uma operação de tapa buracos na Rodovia Estadual “Nico Veloso” (rodovia que liga Caputira a São Pedro do Avaí (Manhuaçu).</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Luiz</t>
   </si>
   <si>
-    <t>https://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/8/requerimento_-_ver._luiz_alves_-_02-2020_-_prefeito_-_14_salario_-_agentes_de_saude.docx</t>
+    <t>http://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/8/requerimento_-_ver._luiz_alves_-_02-2020_-_prefeito_-_14_salario_-_agentes_de_saude.docx</t>
   </si>
   <si>
     <t>Pagamento do 14º salário aos funcionários integrantes da categoria funcional de Agentes de Saúde.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Marcolino</t>
   </si>
   <si>
-    <t>https://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/5/01_-_barranco_iliminaria_e_lixo.docx</t>
+    <t>http://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/5/01_-_barranco_iliminaria_e_lixo.docx</t>
   </si>
   <si>
     <t>a)	A contenção do barranco situado na saída de Caputira com destino a Pirapetinga e Matipó onde está caindo;_x000D_
 b)	 Dotar o pessoal que trabalha na área de esgoto e coleta de lixo de material de segurança e uniforme especial;_x000D_
 c)	Instalar luminária no poste situado em frente ao cemitério.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/6/02_-_insalubridade.docx</t>
+    <t>http://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/6/02_-_insalubridade.docx</t>
   </si>
   <si>
     <t>pagamento de insalubridade e periculosidade aos servidores que se encontram nessa situação.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/9/indicacao_luiz_alves_-_03-2020_-_reformar_vestiarios_e_patrolamento.doc</t>
+    <t>http://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/9/indicacao_luiz_alves_-_03-2020_-_reformar_vestiarios_e_patrolamento.doc</t>
   </si>
   <si>
     <t>a)	Reformar o vestiário do Campo de Futebol do Povoado de São Caetano;_x000D_
 b)	Reformar o vestiário do campo de futebol da Comunidade dos Costas Oliveira e_x000D_
 c)	Patrolar e limpar as estradas dos Córregos da Carnaúba e Sucanga e demais estradas rurais.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/10/indicacao_-_marcolino_-_04_-_reparo.docx</t>
+    <t>http://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/10/indicacao_-_marcolino_-_04_-_reparo.docx</t>
   </si>
   <si>
     <t>Providenciar reparo na Rua Projetada ao lado da Igreja do Povoado de Pirapetinga.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Elivelton</t>
   </si>
   <si>
-    <t>https://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/11/indicacao_no_05-2020_-_elivelton.docx</t>
+    <t>http://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/11/indicacao_no_05-2020_-_elivelton.docx</t>
   </si>
   <si>
     <t>Providenciar a regularização final do Loteamento Belvedere para que a COPASA S/A forneça água potável para as casas residenciais que ainda estão desprovidas de água potável.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>at</t>
   </si>
   <si>
     <t>Ata Administrativa</t>
   </si>
   <si>
-    <t>https://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/12/1a_reuniao_-_13-02.docx</t>
+    <t>http://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/12/1a_reuniao_-_13-02.docx</t>
   </si>
   <si>
     <t>Ata nº 01/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -523,68 +523,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/7/pl_-01.20__implantacao_crianca_feliz_-.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/1/pl_-02.20__credito_especial_-_crianca_feliz.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/2/01_-deer_tapa_buracos.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/8/requerimento_-_ver._luiz_alves_-_02-2020_-_prefeito_-_14_salario_-_agentes_de_saude.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/5/01_-_barranco_iliminaria_e_lixo.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/6/02_-_insalubridade.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/9/indicacao_luiz_alves_-_03-2020_-_reformar_vestiarios_e_patrolamento.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/10/indicacao_-_marcolino_-_04_-_reparo.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/11/indicacao_no_05-2020_-_elivelton.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/12/1a_reuniao_-_13-02.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/7/pl_-01.20__implantacao_crianca_feliz_-.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/1/pl_-02.20__credito_especial_-_crianca_feliz.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/2/01_-deer_tapa_buracos.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/8/requerimento_-_ver._luiz_alves_-_02-2020_-_prefeito_-_14_salario_-_agentes_de_saude.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/5/01_-_barranco_iliminaria_e_lixo.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/6/02_-_insalubridade.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/9/indicacao_luiz_alves_-_03-2020_-_reformar_vestiarios_e_patrolamento.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/10/indicacao_-_marcolino_-_04_-_reparo.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/11/indicacao_no_05-2020_-_elivelton.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caputira.mg.leg.br/media/sapl/public/materialegislativa/2020/12/1a_reuniao_-_13-02.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="34.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="152.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="152" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="200.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>